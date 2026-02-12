--- v0 (2025-12-07)
+++ v1 (2026-02-12)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Lebo MOFOLO\Dropbox (SACAR)\02 FRUCOM\04 ISSUES\trade\Mercosur\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Lebo MOFOLO\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{53EE36C7-B1E0-4878-865C-7D72758AC5E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{50FB5C4C-983F-4C30-8BF4-BFE53E78F7FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{85396E8B-A2F2-4CA8-AF0B-30094CB4FEDC}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{85396E8B-A2F2-4CA8-AF0B-30094CB4FEDC}"/>
   </bookViews>
   <sheets>
     <sheet name="Processed Fish and Seafood" sheetId="1" r:id="rId1"/>
     <sheet name="Nuts, Dried and Processed Fruit" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1287" uniqueCount="889">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1289" uniqueCount="890">
   <si>
     <t>CN 2013</t>
   </si>
   <si>
     <t>Description short</t>
   </si>
   <si>
     <t>Base rate</t>
   </si>
   <si>
     <t>Processed Fish and Seafood</t>
   </si>
   <si>
     <t>Fresh or chilled trout "Oncorhynchus apache and Oncorhynchus chrysogaster"</t>
   </si>
   <si>
     <t>Fresh or chilled trout of the species "Oncorhynchus mykiss", with heads on and gills on, gutted, weighing &gt; 1,2 kg each, or with heads off, gilled and gutted, weighing &gt; 1 kg each</t>
   </si>
   <si>
     <t>Fresh or chilled trout "Salmo trutta, Oncorhynchus mykiss, Oncorhynchus clarki, Oncorhynchus aguabonita, Oncorhynchus gilae" (excl. of the species "Oncorhynchus mykiss", with heads on and gills on, gutted, weighing &gt; 1,2 kg each, or with heads off, gilled</t>
   </si>
   <si>
     <t>Fresh or chilled Pacific salmon "Oncorhynchus nerka, Oncorhynchus gorbuscha, Oncorhynchus keta, Oncorhynchus tschawytscha, Oncorhynchus kisutch, Oncorhynchus masou and Oncorhynchus rhodurus"</t>
   </si>
   <si>
@@ -2700,50 +2700,53 @@
     <t>Mixtures of citrus and pineapple juice, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= 30 € per 100 kg, containing &lt;= 30% added sugar (excl. containing spirit)</t>
   </si>
   <si>
     <t>Mixtures of citrus and pineapple juice, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= 30 € per 100 kg (excl. containing added sugar or containing spirit)</t>
   </si>
   <si>
     <t>Mixtures of juices of guavas, mangoes, mangosteens, papaws "papayas", tamarinds, cashew apples, lychees, jackfruit, sapodillo plums, passion fruit, carambola or pitahaya, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= € 30 per 100 kg, containing &gt; 30%</t>
   </si>
   <si>
     <t>Mixtures of fruit juices, incl. grape must and juices of vegetables, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= € 30 per 100 kg, containing &gt; 30% added sugar (excl. containing spirit, mixtures of apple and pear juices or of citrus fruit and pineap</t>
   </si>
   <si>
     <t>Mixtures of juices of guavas, mangoes, mangosteens, papaws "papayas", tamarinds, cashew apples, lychees, jackfruit, sapodillo plums, passion fruit, carambola or pitahaya, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= € 30 per 100 kg, containing &lt;= 30</t>
   </si>
   <si>
     <t>Mixtures of fruit juices, incl. grape must and juices of vegetables, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= € 30 per 100 kg, containing &lt;= 30% added sugar (excl. containing spirit, mixtures of apple and pear juices or of citrus fruit and pinea</t>
   </si>
   <si>
     <t>Mixtures of juices of guavas, mangoes, mangosteens, papaws "papayas", tamarinds, cashew apples, lychees, jackfruit, sapodillo plums, passion fruit, carambola or pitahaya, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= € 30 per 100 kg (excl. containing</t>
   </si>
   <si>
     <t>Mixtures of fruit juices, incl. grape must and juices of vegetables, unfermented, Brix value &lt;= 67 at 20°C, value of &lt;= € 30 per 100 kg (excl. containing added sugar or containing spirit and mixtures of apple and pear juices or of citrus fruit and pineapp</t>
   </si>
   <si>
     <t>Nuts, Dried and Processed Fruit and Vegetables</t>
+  </si>
+  <si>
+    <t>Staging category</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -3111,80 +3114,80 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3CF100F1-75B2-43D6-82E3-6AF831B4A0EF}">
   <dimension ref="A1:D466"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="14" style="10" customWidth="1"/>
     <col min="2" max="2" width="203.109375" style="10" customWidth="1"/>
     <col min="3" max="3" width="17.33203125" style="10" customWidth="1"/>
     <col min="4" max="4" width="12.6640625" style="10" customWidth="1"/>
     <col min="5" max="16384" width="9.109375" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="3" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" s="12" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="7">
-        <v>43644</v>
+      <c r="D2" s="7" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A3" s="10">
         <v>3021110</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="10">
         <v>8</v>
       </c>
       <c r="D3" s="10">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A4" s="10">
         <v>3021120</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="10">
         <v>12</v>
@@ -9649,81 +9652,81 @@
     </row>
     <row r="466" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A466" s="10">
         <v>16056900</v>
       </c>
       <c r="B466" s="10" t="s">
         <v>442</v>
       </c>
       <c r="C466" s="10">
         <v>26</v>
       </c>
       <c r="D466" s="10">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ECCAA8E-8C8B-4CA7-82BB-A7EC3FE03D69}">
   <dimension ref="A1:E393"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.109375" style="8"/>
     <col min="2" max="2" width="191.44140625" style="9" customWidth="1"/>
     <col min="3" max="3" width="24" style="10" customWidth="1"/>
     <col min="4" max="16384" width="9.109375" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>888</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:4" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="7">
-        <v>43644</v>
+      <c r="D2" s="7" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A3" s="8">
         <v>8012100</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>443</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D3" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.3">
       <c r="A4" s="8">
         <v>8012200</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>444</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>66</v>